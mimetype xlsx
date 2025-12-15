--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t xml:space="preserve">LC2109EWls - Ethnic group by age</t>
   </si>
   <si>
-    <t xml:space="preserve">ONS Crown Copyright Reserved [from Nomis on 17 October 2025]</t>
+    <t xml:space="preserve">ONS Crown Copyright Reserved [from Nomis on 15 December 2025]</t>
   </si>
   <si>
     <t xml:space="preserve">population</t>
   </si>
   <si>
     <t xml:space="preserve">All usual residents</t>
   </si>
   <si>
     <t xml:space="preserve">units</t>
   </si>
   <si>
     <t xml:space="preserve">Persons</t>
   </si>
   <si>
     <t xml:space="preserve">date</t>
   </si>
   <si>
     <t xml:space="preserve">area type</t>
   </si>
   <si>
     <t xml:space="preserve">regions</t>
   </si>
   <si>
     <t xml:space="preserve">area name</t>
   </si>